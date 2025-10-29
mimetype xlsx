--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc69b27a9bfc643ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81643249db584e4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcffd45694c5f4e53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd48a9e3b464ae9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb75818aed9504395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcffd45694c5f4e53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89f9563b62f742a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd48a9e3b464ae9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Discretionary UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0C77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>154,220</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,233</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>160,988</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>