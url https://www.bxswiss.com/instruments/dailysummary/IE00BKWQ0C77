--- v1 (2025-10-29)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81643249db584e4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a9a78a8b4d4e0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd48a9e3b464ae9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c45e36a433c4ef1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89f9563b62f742a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd48a9e3b464ae9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13218bcf1c25411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c45e36a433c4ef1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Discretionary UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0C77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>