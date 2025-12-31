--- v2 (2025-11-20)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a9a78a8b4d4e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7419d3b16ae24cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c45e36a433c4ef1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb20cf59bf024d4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13218bcf1c25411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c45e36a433c4ef1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52db5f7b6ba54a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb20cf59bf024d4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Discretionary UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0C77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>157,504</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>