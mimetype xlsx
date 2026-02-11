--- v3 (2025-12-31)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7419d3b16ae24cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a478541cdb54f38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb20cf59bf024d4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8acf835a908e427d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52db5f7b6ba54a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb20cf59bf024d4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74552583be664146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8acf835a908e427d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Discretionary UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0C77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>163,629</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>