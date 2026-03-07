--- v4 (2026-02-11)
+++ v5 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a478541cdb54f38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R584d75b7b3174f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8acf835a908e427d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96634027e3484617"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74552583be664146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8acf835a908e427d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6175efafe6143e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96634027e3484617" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Discretionary UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0C77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>