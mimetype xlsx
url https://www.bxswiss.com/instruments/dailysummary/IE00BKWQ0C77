--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R584d75b7b3174f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70b9b7614f40440a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96634027e3484617"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7211d0e9bc004b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6175efafe6143e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96634027e3484617" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ddd0b88308c4fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7211d0e9bc004b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Discretionary UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0C77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>