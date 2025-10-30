--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83d253647e1c49be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra38f4293370344b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03447982cec4f04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715bfe5427d144e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2707b03fd04145e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03447982cec4f04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R676173933422438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715bfe5427d144e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI World Small Cap Socially Responsible UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKSCBX74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>9,077</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>9,233</x:t>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,137</x:t>
-[...11 lines deleted...]
-          <x:t>9,164</x:t>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,116</x:t>
-[...11 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,135</x:t>
-[...468 lines deleted...]
-          <x:t>9,202</x:t>
+          <x:t>9,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>