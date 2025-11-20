--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra38f4293370344b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc017c9d23b7b466a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715bfe5427d144e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6acf4dd6787d4023"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R676173933422438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715bfe5427d144e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa83dff9eaf43de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6acf4dd6787d4023" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI World Small Cap Socially Responsible UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKSCBX74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>8,985</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>9,212</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,121</x:t>
-[...6 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,237</x:t>
-[...43 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,213</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>9,177</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,134</x:t>
-[...38 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>9,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,230</x:t>
+          <x:t>9,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,845</x:t>
-[...48 lines deleted...]
-          <x:t>9,148</x:t>
+          <x:t>8,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,039</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>9,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>