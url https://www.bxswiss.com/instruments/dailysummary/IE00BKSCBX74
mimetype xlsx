--- v2 (2025-11-20)
+++ v3 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc017c9d23b7b466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b1f1931d7354ab5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6acf4dd6787d4023"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de44efae3454e63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa83dff9eaf43de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6acf4dd6787d4023" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75ef2146d7684b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de44efae3454e63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI World Small Cap Socially Responsible UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKSCBX74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>9,238</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,175</x:t>
-[...463 lines deleted...]
-          <x:t>9,039</x:t>
+          <x:t>9,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>