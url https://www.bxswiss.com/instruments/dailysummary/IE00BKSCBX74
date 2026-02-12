--- v3 (2026-01-02)
+++ v4 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b1f1931d7354ab5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e1fccba0fd4388" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de44efae3454e63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413cd12fe03f438c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75ef2146d7684b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de44efae3454e63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03efc4feb5114b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413cd12fe03f438c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI World Small Cap Socially Responsible UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKSCBX74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>9,381</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,333</x:t>
-[...205 lines deleted...]
-          <x:t>9,522</x:t>
+          <x:t>9,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,431</x:t>
-[...247 lines deleted...]
-          <x:t>9,455</x:t>
+          <x:t>9,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>