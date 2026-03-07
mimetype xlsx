--- v4 (2026-02-12)
+++ v5 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e1fccba0fd4388" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R751d62ec443c416e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413cd12fe03f438c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f843d6085754ddc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03efc4feb5114b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413cd12fe03f438c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4da03983175f47e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f843d6085754ddc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI World Small Cap Socially Responsible UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKSCBX74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>9,737</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,781</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>9,840</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,806</x:t>
-[...92 lines deleted...]
-          <x:t>9,698</x:t>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,741</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>9,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,709</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>9,811</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>