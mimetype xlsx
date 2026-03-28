--- v5 (2026-03-07)
+++ v6 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R751d62ec443c416e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb81f0607c40463b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f843d6085754ddc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92fc8c972394402a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4da03983175f47e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f843d6085754ddc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b211e309f524c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92fc8c972394402a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI World Small Cap Socially Responsible UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKSCBX74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...350 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,935</x:t>
-[...80 lines deleted...]
-          <x:t>9,852</x:t>
+          <x:t>9,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,766</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>9,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,709</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>