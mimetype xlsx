--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5984cb2f5a5a40f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5495b7adf733413a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R642faf1362a04255"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4fb943287014552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b09ca48b66e4eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R642faf1362a04255" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R234a5165ee994ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4fb943287014552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKS7L097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>