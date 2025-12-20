--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5495b7adf733413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R959e6ae47fc24d74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4fb943287014552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b36ddbcd3584355"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R234a5165ee994ec6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4fb943287014552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R219d73904d5c4941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b36ddbcd3584355" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKS7L097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>75,756</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>