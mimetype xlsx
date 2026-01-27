--- v2 (2025-12-20)
+++ v3 (2026-01-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R959e6ae47fc24d74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re598de926a594db5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b36ddbcd3584355"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R107b1a171d34492f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R219d73904d5c4941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b36ddbcd3584355" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1beeb75b68954c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R107b1a171d34492f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKS7L097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>75,405</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>