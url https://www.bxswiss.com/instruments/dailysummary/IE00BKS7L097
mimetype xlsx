--- v3 (2026-01-27)
+++ v4 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re598de926a594db5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91a67633d6614cea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R107b1a171d34492f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c0c5ceecfab4fff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1beeb75b68954c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R107b1a171d34492f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa556e9d01d4a5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c0c5ceecfab4fff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKS7L097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>