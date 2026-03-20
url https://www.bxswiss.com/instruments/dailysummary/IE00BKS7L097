--- v4 (2026-02-17)
+++ v5 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91a67633d6614cea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1542510482774eea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c0c5ceecfab4fff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27f7e2601db94277"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa556e9d01d4a5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c0c5ceecfab4fff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ba7f99003c4423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27f7e2601db94277" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKS7L097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...414 lines deleted...]
-          <x:t>75,338</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,258</x:t>
-[...161 lines deleted...]
-          <x:t>73,730</x:t>
+          <x:t>74,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>