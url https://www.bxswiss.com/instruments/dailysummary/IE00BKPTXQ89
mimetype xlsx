--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa3c469ec5c64477" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6063e8cd9a941da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R547e2ba27f014036"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re72efa0bdd9a42e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R892e8b0899254b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R547e2ba27f014036" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2099c95e6e0a4a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re72efa0bdd9a42e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf Alerian Midstream Energy Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKPTXQ89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>12,912</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,127</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>17.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,122</x:t>
-[...333 lines deleted...]
-          <x:t>13,486</x:t>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>