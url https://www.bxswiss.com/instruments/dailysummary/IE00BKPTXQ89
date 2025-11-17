--- v1 (2025-10-25)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6063e8cd9a941da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf95b8f6d1c3d434e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re72efa0bdd9a42e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5174487425464f09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2099c95e6e0a4a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re72efa0bdd9a42e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1025b04386c4769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5174487425464f09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf Alerian Midstream Energy Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKPTXQ89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>12,880</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>13,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>13,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,750</x:t>
-[...31 lines deleted...]
-          <x:t>12,610</x:t>
+          <x:t>12,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>