--- v2 (2025-11-17)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf95b8f6d1c3d434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf891f8977da144ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5174487425464f09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8557aa7a1e9848c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1025b04386c4769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5174487425464f09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95a8451d09fe45be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8557aa7a1e9848c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf Alerian Midstream Energy Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKPTXQ89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>12,770</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,807</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>23.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,051</x:t>
-[...441 lines deleted...]
-          <x:t>13,046</x:t>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>