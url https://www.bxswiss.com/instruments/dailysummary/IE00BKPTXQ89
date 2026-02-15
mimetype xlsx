--- v3 (2026-01-01)
+++ v4 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf891f8977da144ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327188dc1c75491d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8557aa7a1e9848c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd65a61a91e544e15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95a8451d09fe45be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8557aa7a1e9848c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76f6bbd64134814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd65a61a91e544e15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf Alerian Midstream Energy Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKPTXQ89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>13,282</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,716</x:t>
-[...4 lines deleted...]
-          <x:t>13,505</x:t>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...343 lines deleted...]
-          <x:t>13,103</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>