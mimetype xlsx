--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327188dc1c75491d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4de94592db14c58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd65a61a91e544e15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4141e47d4831407c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76f6bbd64134814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd65a61a91e544e15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95f51088e0ca4071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4141e47d4831407c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf Alerian Midstream Energy Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKPTXQ89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>