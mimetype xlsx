--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4de94592db14c58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bac4ae8e3be41b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4141e47d4831407c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ad8d54af2604110"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95f51088e0ca4071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4141e47d4831407c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R572d5a80ebd44af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ad8d54af2604110" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf Alerian Midstream Energy Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKPTXQ89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...269 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,963</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>