--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4750252de1754499" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7d98dc4b9384255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0751b06630564233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f612824fd28495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41d2a424f6794271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0751b06630564233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11ac54ac97df4202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f612824fd28495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan Advanced $ EM Bond UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKP5L730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>4,891</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,911</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,910</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,900</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,884</x:t>
-[...58 lines deleted...]
-          <x:t>4,892</x:t>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>