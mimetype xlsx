--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7d98dc4b9384255" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7baae293ae74447e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f612824fd28495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47bf50515c3f40c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11ac54ac97df4202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f612824fd28495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf536d26cc9d3439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47bf50515c3f40c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan Advanced $ EM Bond UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKP5L730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,931</x:t>
-[...26 lines deleted...]
-          <x:t>4,923</x:t>
+          <x:t>4,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,911</x:t>
-[...60 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,937</x:t>
-[...21 lines deleted...]
-          <x:t>4,921</x:t>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,905</x:t>
-[...70 lines deleted...]
-          <x:t>4,938</x:t>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,912</x:t>
-[...193 lines deleted...]
-          <x:t>4,932</x:t>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>