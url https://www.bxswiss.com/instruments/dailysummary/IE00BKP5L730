--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7baae293ae74447e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66776af1ef9f4bef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47bf50515c3f40c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a5b74ee8c744bfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf536d26cc9d3439d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47bf50515c3f40c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb02d91fb720a46ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a5b74ee8c744bfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan Advanced $ EM Bond UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKP5L730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>4,907</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,959</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,938</x:t>
-[...172 lines deleted...]
-        <x:is>
           <x:t>4,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>5,006</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>