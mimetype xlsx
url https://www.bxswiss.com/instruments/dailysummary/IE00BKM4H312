--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd334ff56b4af4a8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c5c121f8ec2472d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aa9be6416cc4889"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R099ad02ec6a34293"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf9614448ec04bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aa9be6416cc4889" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a6def77b8441da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R099ad02ec6a34293" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI USA Quality Dividend Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4H312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>