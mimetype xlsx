--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c5c121f8ec2472d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc8ce4eee694727" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R099ad02ec6a34293"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad387dfef8344dda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a6def77b8441da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R099ad02ec6a34293" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a228c7259194f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad387dfef8344dda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI USA Quality Dividend Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4H312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,897</x:t>
-[...301 lines deleted...]
-          <x:t>43,636</x:t>
+          <x:t>46,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,351</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>46,029</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>