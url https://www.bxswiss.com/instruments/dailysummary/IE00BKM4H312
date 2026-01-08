--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc8ce4eee694727" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a92bc45c0d94f00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad387dfef8344dda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36a0b67cdfe244dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a228c7259194f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad387dfef8344dda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136b8e0530604291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36a0b67cdfe244dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI USA Quality Dividend Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4H312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...458 lines deleted...]
-          <x:t>12.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,981</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>45,189</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>