--- v3 (2026-01-08)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a92bc45c0d94f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R248e12855da24c9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36a0b67cdfe244dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3022acca3f34130"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136b8e0530604291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36a0b67cdfe244dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra544352534d345bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3022acca3f34130" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI USA Quality Dividend Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4H312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>46,724</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,662</x:t>
-[...372 lines deleted...]
-          <x:t>46,600</x:t>
+          <x:t>47,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,412</x:t>
-[...53 lines deleted...]
-          <x:t>46,962</x:t>
+          <x:t>46,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>