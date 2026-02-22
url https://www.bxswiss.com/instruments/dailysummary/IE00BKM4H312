--- v4 (2026-02-02)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R248e12855da24c9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8638ccc5013c40bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3022acca3f34130"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242c411ee0344c81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra544352534d345bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3022acca3f34130" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c71a15a7e2345d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242c411ee0344c81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI USA Quality Dividend Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4H312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>46,600</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,412</x:t>
-[...330 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>46,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,427</x:t>
-[...171 lines deleted...]
-          <x:t>46,205</x:t>
+          <x:t>47,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>