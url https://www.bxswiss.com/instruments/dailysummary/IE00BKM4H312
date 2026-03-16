--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8638ccc5013c40bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25bd4f3f99ae4e95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242c411ee0344c81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb10acb4dabd94ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c71a15a7e2345d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242c411ee0344c81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73ab6a2548874127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb10acb4dabd94ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI USA Quality Dividend Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4H312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,427</x:t>
-[...296 lines deleted...]
-          <x:t>47,586</x:t>
+          <x:t>47,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,535</x:t>
-[...269 lines deleted...]
-          <x:t>47,136</x:t>
+          <x:t>46,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>