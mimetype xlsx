--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb08511ee4e24ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ea7d844c054202" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf82382fb846543cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc4865663a764e59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e2da91feb9740ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf82382fb846543cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f430cb83654a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc4865663a764e59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI EM Consumer Growth UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4H197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>38,543</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,196</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>39,010</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,317</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>40,307</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,571</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>39,366</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>