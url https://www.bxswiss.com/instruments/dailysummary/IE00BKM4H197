--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ea7d844c054202" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40bf8a0a39cf4704" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc4865663a764e59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae8ec8672aac4838"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f430cb83654a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc4865663a764e59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R929a727b95f043b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae8ec8672aac4838" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI EM Consumer Growth UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4H197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>39,106</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>