--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40bf8a0a39cf4704" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R324a7e725fea47d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae8ec8672aac4838"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85dd6cf5afe94a61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R929a727b95f043b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae8ec8672aac4838" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6afcb0141ad6425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85dd6cf5afe94a61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI EM Consumer Growth UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4H197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,021</x:t>
-[...85 lines deleted...]
-          <x:t>37,393</x:t>
+          <x:t>38,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>37,971</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>