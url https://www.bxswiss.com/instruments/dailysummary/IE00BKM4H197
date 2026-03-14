--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R324a7e725fea47d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re910959941554f34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85dd6cf5afe94a61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R038ce99fc7f945f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6afcb0141ad6425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85dd6cf5afe94a61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83504765a6d44df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R038ce99fc7f945f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI EM Consumer Growth UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4H197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>