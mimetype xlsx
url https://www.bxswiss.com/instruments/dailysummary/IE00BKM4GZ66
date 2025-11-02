--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6953fde3903d454e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22e578a795354fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd244eff260b149cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db443a7c72646c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd35b456e7b834249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd244eff260b149cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eecdfb6408c4d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db443a7c72646c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core MSCI Emerging Markets IMI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4GZ66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,340</x:t>
+          <x:t>35,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,284</x:t>
-[...33 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>35,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>35,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>35,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,295</x:t>
-[...308 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>35,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,373</x:t>
+          <x:t>35,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,365</x:t>
-[...53 lines deleted...]
-          <x:t>34,289</x:t>
+          <x:t>35,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>