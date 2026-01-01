--- v1 (2025-11-02)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22e578a795354fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1067d6df585e4951" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db443a7c72646c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb421227c997f439b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eecdfb6408c4d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db443a7c72646c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb36d5a957c87443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb421227c997f439b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core MSCI Emerging Markets IMI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4GZ66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>35,100</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,048</x:t>
-[...544 lines deleted...]
-          <x:t>35,986</x:t>
+          <x:t>35,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>