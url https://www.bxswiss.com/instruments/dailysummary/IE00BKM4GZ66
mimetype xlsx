--- v2 (2026-01-01)
+++ v3 (2026-01-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1067d6df585e4951" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R459f95ae28ee47b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb421227c997f439b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9dced5f16d74e01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb36d5a957c87443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb421227c997f439b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra55a33b7ae294ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9dced5f16d74e01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core MSCI Emerging Markets IMI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4GZ66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,379</x:t>
-[...183 lines deleted...]
-          <x:t>35,455</x:t>
+          <x:t>35,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,952</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>35,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>