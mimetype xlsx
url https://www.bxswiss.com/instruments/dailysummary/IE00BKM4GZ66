--- v3 (2026-01-27)
+++ v4 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R459f95ae28ee47b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab2db6a63634afe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9dced5f16d74e01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa09099242440b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra55a33b7ae294ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9dced5f16d74e01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54192ff063c245e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa09099242440b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core MSCI Emerging Markets IMI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4GZ66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>37,341</x:t>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,162</x:t>
-[...281 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>38,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,879</x:t>
-[...53 lines deleted...]
-          <x:t>37,424</x:t>
+          <x:t>37,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>