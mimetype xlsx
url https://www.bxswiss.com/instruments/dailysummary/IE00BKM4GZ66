--- v4 (2026-02-17)
+++ v5 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab2db6a63634afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e3d917246274d5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa09099242440b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R098197f4658c4d71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54192ff063c245e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa09099242440b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd96440fe9b2c4476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R098197f4658c4d71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core MSCI Emerging Markets IMI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4GZ66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,879</x:t>
-[...38 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>37,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>40,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>38,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,424</x:t>
-[...65 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>39,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,325</x:t>
-[...237 lines deleted...]
-          <x:t>38,331</x:t>
+          <x:t>39,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,265</x:t>
-[...85 lines deleted...]
-          <x:t>38,514</x:t>
+          <x:t>38,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>