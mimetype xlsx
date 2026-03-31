--- v5 (2026-03-09)
+++ v6 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e3d917246274d5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9d5664e74047b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R098197f4658c4d71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90d3ea9a4f3b44ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd96440fe9b2c4476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R098197f4658c4d71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7dad0820534c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90d3ea9a4f3b44ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core MSCI Emerging Markets IMI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4GZ66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...112 lines deleted...]
-          <x:t>38,331</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,265</x:t>
-[...65 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>38,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,804</x:t>
-[...387 lines deleted...]
-          <x:t>36,689</x:t>
+          <x:t>37,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>