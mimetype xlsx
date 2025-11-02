--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3e8d7b1f7884f19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78afb02235144373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b8f0b5053484580"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f4352dcc1c64668"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16abaed6fb134dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b8f0b5053484580" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31cfc69e88fa45ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f4352dcc1c64668" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Battery Solutions UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKLF1R75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>