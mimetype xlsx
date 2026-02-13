--- v1 (2025-11-02)
+++ v2 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78afb02235144373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90bbe5223e844388" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f4352dcc1c64668"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9477c6f5f3b4425"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31cfc69e88fa45ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f4352dcc1c64668" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80a4a46c08ed4c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9477c6f5f3b4425" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Battery Solutions UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKLF1R75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>38,987</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>