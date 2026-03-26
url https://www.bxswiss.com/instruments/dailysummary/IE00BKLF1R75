--- v2 (2026-02-13)
+++ v3 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90bbe5223e844388" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae016c5cd8f14611" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9477c6f5f3b4425"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf34b2a86de0d4408"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80a4a46c08ed4c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9477c6f5f3b4425" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f1df53824f493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf34b2a86de0d4408" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Battery Solutions UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKLF1R75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>40,900</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,948</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...418 lines deleted...]
-          <x:t>10.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,843</x:t>
-[...43 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>38,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>38,192</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>