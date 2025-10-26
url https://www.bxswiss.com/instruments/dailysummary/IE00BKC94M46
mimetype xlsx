--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d93d970c7a641a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2572e36141ff4972" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c7fd6a82f354a07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ec8430a0d754a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61efa395479e4eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c7fd6a82f354a07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d54b41d0ad64501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ec8430a0d754a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg Global Aggregate Bond  UCITS ETF USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKC94M46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>25,120</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,177</x:t>
-        </x:is>
-[...548 lines deleted...]
-          <x:t>24,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>