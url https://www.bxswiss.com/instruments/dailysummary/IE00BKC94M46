--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2572e36141ff4972" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb670cbd9ef14849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ec8430a0d754a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R497a5ddffb8f4ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d54b41d0ad64501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ec8430a0d754a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd332a010d04ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R497a5ddffb8f4ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg Global Aggregate Bond  UCITS ETF USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKC94M46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>25,084</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,026</x:t>
-        </x:is>
-[...565 lines deleted...]
-          <x:t>25,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>