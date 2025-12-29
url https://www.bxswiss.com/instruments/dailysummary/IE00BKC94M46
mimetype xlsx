--- v2 (2025-11-16)
+++ v3 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb670cbd9ef14849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d02d9e609de44f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R497a5ddffb8f4ff9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb53a6e722dbe4198"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd332a010d04ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R497a5ddffb8f4ff9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cd984a57e1a42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb53a6e722dbe4198" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg Global Aggregate Bond  UCITS ETF USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKC94M46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>25,165</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,119</x:t>
-[...296 lines deleted...]
-          <x:t>25,325</x:t>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,390</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>25,441</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,297</x:t>
-[...33 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>25,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,230</x:t>
-[...36 lines deleted...]
-          <x:t>25,026</x:t>
+          <x:t>25,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>