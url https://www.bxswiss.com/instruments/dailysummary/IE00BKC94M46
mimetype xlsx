--- v3 (2025-12-29)
+++ v4 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d02d9e609de44f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c2cda8dbfb47b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb53a6e722dbe4198"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30c0da395454bd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cd984a57e1a42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb53a6e722dbe4198" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb89a3965e790471d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30c0da395454bd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg Global Aggregate Bond  UCITS ETF USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKC94M46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>25,419</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,407</x:t>
-[...323 lines deleted...]
-          <x:t>24,898</x:t>
+          <x:t>25,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>