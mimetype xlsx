--- v4 (2026-02-12)
+++ v5 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c2cda8dbfb47b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35b47d6980ce4d2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30c0da395454bd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b4e9b768c14c8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb89a3965e790471d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30c0da395454bd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf302ae2199e5471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b4e9b768c14c8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg Global Aggregate Bond  UCITS ETF USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKC94M46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>24,954</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,997</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...370 lines deleted...]
-          <x:t>24,549</x:t>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>