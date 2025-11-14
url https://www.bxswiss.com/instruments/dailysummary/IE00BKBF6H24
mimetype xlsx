--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b15a8f1fe6f485d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634ab37a59e14647" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97779be60dc54520"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cc8510b960d4dca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R403d203be0fd4f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97779be60dc54520" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R442549f576dd4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cc8510b960d4dca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKBF6H24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>9,349</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,253</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>9,489</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...337 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,644</x:t>
-[...16 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,673</x:t>
-[...9 lines deleted...]
-          <x:t>9,667</x:t>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>