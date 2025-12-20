--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634ab37a59e14647" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f5c4c380de470c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cc8510b960d4dca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b609d164e5495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R442549f576dd4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cc8510b960d4dca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8649ae5f84c48f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b609d164e5495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKBF6H24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>9,655</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,625</x:t>
-[...119 lines deleted...]
-          <x:t>9,646</x:t>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,594</x:t>
-[...173 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>9,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,834</x:t>
-[...252 lines deleted...]
-          <x:t>9,717</x:t>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>