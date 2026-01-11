--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f5c4c380de470c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8186591bfcbb4521" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b609d164e5495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8d5fe18d6e94120"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8649ae5f84c48f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b609d164e5495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41414a2877844941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8d5fe18d6e94120" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKBF6H24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>9,717</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>9,886</x:t>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,769</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>9,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>