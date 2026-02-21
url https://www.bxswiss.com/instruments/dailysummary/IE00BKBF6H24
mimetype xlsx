--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8186591bfcbb4521" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6fbf0356bd43f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8d5fe18d6e94120"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdddb1e4ce0cd4fe3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41414a2877844941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8d5fe18d6e94120" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c4a72637af74a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdddb1e4ce0cd4fe3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKBF6H24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>9,762</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,794</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>23.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,892</x:t>
-[...107 lines deleted...]
-          <x:t>9,981</x:t>
+          <x:t>9,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>9,958</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>