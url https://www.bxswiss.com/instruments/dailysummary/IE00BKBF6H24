--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6fbf0356bd43f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd31a0cf1c20b4fd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdddb1e4ce0cd4fe3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refeac396dac54c6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c4a72637af74a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdddb1e4ce0cd4fe3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14128e3e9cc24f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refeac396dac54c6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKBF6H24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,898</x:t>
-[...630 lines deleted...]
-          <x:t>10,004</x:t>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>