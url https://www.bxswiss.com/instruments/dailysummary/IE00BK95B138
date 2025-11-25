--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aec4cc24ca8412f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafc2c33f0ef84201" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89e1a750c36147b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95126f124a0846d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf24dcef36ceb4044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89e1a750c36147b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92701cc818f4ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95126f124a0846d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK95B138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,320</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,316</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>4,333</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,318</x:t>
-[...11 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,336</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,331</x:t>
-[...497 lines deleted...]
-          <x:t>4,352</x:t>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,341</x:t>
-[...4 lines deleted...]
-          <x:t>4,344</x:t>
+          <x:t>4,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>