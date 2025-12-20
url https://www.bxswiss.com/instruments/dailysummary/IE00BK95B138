--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafc2c33f0ef84201" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree35fe5fbcbc4200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95126f124a0846d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69e80635821e415f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92701cc818f4ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95126f124a0846d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b64d10776a24152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69e80635821e415f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK95B138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,358</x:t>
-[...16 lines deleted...]
-          <x:t>4,370</x:t>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,362</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>4,339</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,348</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>4,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>