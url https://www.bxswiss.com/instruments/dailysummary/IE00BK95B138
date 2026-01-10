--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree35fe5fbcbc4200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b05048c1db413e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69e80635821e415f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded5c5cdff5b4d43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b64d10776a24152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69e80635821e415f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38208c4817c448f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded5c5cdff5b4d43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK95B138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,338</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,337</x:t>
-[...11 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,345</x:t>
-[...21 lines deleted...]
-          <x:t>4,337</x:t>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,332</x:t>
-[...11 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,348</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>4,347</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,350</x:t>
-        </x:is>
-[...538 lines deleted...]
-          <x:t>4,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>