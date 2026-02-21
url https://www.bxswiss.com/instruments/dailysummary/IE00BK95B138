--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b05048c1db413e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb1a33554b124cc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded5c5cdff5b4d43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88ae97a77bcb41ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38208c4817c448f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded5c5cdff5b4d43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5da34eca20a435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88ae97a77bcb41ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK95B138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,327</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,322</x:t>
-[...38 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,352</x:t>
-[...4 lines deleted...]
-          <x:t>4,339</x:t>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,346</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,338</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,322</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,341</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,342</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,342</x:t>
-[...274 lines deleted...]
-          <x:t>4,350</x:t>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>