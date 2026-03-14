--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb1a33554b124cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R597b8ef35f42446d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88ae97a77bcb41ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69288020d2424532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5da34eca20a435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88ae97a77bcb41ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3f8db78ea0b47ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69288020d2424532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK95B138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>4,343</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,332</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>4,349</x:t>
-        </x:is>
-[...430 lines deleted...]
-          <x:t>4,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>