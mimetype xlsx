--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b1713712ad44fbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4cadd8a13b4b09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa6f33c7f844312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2650e778c14751"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb12eb7ba84ab4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa6f33c7f844312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e7126ad869d46ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2650e778c14751" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corp Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK7Y2Q41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,554</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,534</x:t>
-[...65 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,549</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>4,596</x:t>
-        </x:is>
-[...413 lines deleted...]
-          <x:t>4,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>