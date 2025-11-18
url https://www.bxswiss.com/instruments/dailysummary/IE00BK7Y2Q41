--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4cadd8a13b4b09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c29dd1870dd4d17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2650e778c14751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54696226008e40ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e7126ad869d46ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2650e778c14751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff11315390ff46e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54696226008e40ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corp Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK7Y2Q41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>4,563</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,538</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>01.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,566</x:t>
-[...522 lines deleted...]
-          <x:t>4,596</x:t>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>