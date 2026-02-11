--- v2 (2025-11-18)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c29dd1870dd4d17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c48d02df4b4b07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54696226008e40ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e1438619fd44bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff11315390ff46e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54696226008e40ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01981ccf43d34b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e1438619fd44bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corp Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK7Y2Q41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>4,559</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,533</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,536</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,548</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,513</x:t>
-[...48 lines deleted...]
-          <x:t>4,509</x:t>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,514</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>4,533</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,514</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>4,510</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,538</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>4,508</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>