--- v3 (2026-02-11)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c48d02df4b4b07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33bdda1d3cf4dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e1438619fd44bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c94153b21724917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01981ccf43d34b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e1438619fd44bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29e6dad33af843e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c94153b21724917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corp Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK7Y2Q41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,516</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,501</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>4,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,506</x:t>
-[...119 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,505</x:t>
-[...387 lines deleted...]
-          <x:t>4,534</x:t>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>