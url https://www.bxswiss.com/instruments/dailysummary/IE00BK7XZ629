--- v0 (2025-10-02)
+++ v1 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40db5862bdca40d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd358d89a423b4d0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21f9f741143e424f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6324d76986784af1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e947f6c702492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21f9f741143e424f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0334ebc13984bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6324d76986784af1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 1-3yr UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK7XZ629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,667</x:t>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,667</x:t>
-[...21 lines deleted...]
-          <x:t>4,660</x:t>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,663</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,674</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>4,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,671</x:t>
-[...112 lines deleted...]
-          <x:t>4,654</x:t>
+          <x:t>4,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,662</x:t>
-        </x:is>
-[...52 lines deleted...]
-          <x:t>4,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>