--- v1 (2026-01-06)
+++ v2 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd358d89a423b4d0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb10d341b681a4782" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6324d76986784af1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f0dc678b8044576"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0334ebc13984bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6324d76986784af1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a45bb72368241c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f0dc678b8044576" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 1-3yr UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK7XZ629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,665</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,659</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>4,659</x:t>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,654</x:t>
-[...328 lines deleted...]
-          <x:t>4,662</x:t>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>