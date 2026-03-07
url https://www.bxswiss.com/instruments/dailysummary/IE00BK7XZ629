--- v2 (2026-02-15)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb10d341b681a4782" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22eb886eba8d4d81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f0dc678b8044576"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24d59c0042544764"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a45bb72368241c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f0dc678b8044576" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39073cd3261a4e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24d59c0042544764" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 1-3yr UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK7XZ629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,660</x:t>
-[...21 lines deleted...]
-          <x:t>4,652</x:t>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>20.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,653</x:t>
-        </x:is>
-[...499 lines deleted...]
-          <x:t>4,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>