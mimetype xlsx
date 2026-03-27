--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22eb886eba8d4d81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3962087f9e6f4f39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24d59c0042544764"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4809abc1bad4f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39073cd3261a4e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24d59c0042544764" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf6a4194f3594ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4809abc1bad4f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 1-3yr UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK7XZ629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,653</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>4,651</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,654</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>4,667</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,659</x:t>
-[...539 lines deleted...]
-          <x:t>4,653</x:t>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>