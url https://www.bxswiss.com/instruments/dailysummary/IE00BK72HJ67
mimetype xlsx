--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R796d6f2a0cfe4cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52b4f48da34b4c80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a723168faa447c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0927293fd8274fbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f7f683306ba483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a723168faa447c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7c4c02487864ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0927293fd8274fbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI World SRI ETF (USD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK72HJ67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,672</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>19,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,948</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>