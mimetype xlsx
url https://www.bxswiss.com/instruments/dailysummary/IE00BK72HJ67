--- v1 (2025-11-01)
+++ v2 (2025-12-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52b4f48da34b4c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07018944fd2543a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0927293fd8274fbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61103835fd59441b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7c4c02487864ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0927293fd8274fbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85e067d10f954a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61103835fd59441b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI World SRI ETF (USD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK72HJ67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,061</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>20,265</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,846</x:t>
-[...409 lines deleted...]
-          <x:t>20,358</x:t>
+          <x:t>20,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>