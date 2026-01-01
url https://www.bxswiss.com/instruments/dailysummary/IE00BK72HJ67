--- v2 (2025-12-11)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07018944fd2543a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96487efa04274749" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61103835fd59441b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R137689645694411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85e067d10f954a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61103835fd59441b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab558416b7f5481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R137689645694411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI World SRI ETF (USD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK72HJ67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>20,219</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,075</x:t>
-[...394 lines deleted...]
-          <x:t>20,073</x:t>
+          <x:t>20,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,058</x:t>
-[...16 lines deleted...]
-          <x:t>20,150</x:t>
+          <x:t>20,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,975</x:t>
-[...139 lines deleted...]
-          <x:t>20,269</x:t>
+          <x:t>20,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>