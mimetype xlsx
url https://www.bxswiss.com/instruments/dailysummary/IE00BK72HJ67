--- v3 (2026-01-01)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96487efa04274749" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R199fab0db8184d50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R137689645694411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re93cd359e8554217"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab558416b7f5481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R137689645694411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5216c6420d5e4d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re93cd359e8554217" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI World SRI ETF (USD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK72HJ67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>20,210</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>20,307</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,193</x:t>
-[...58 lines deleted...]
-          <x:t>20,283</x:t>
+          <x:t>19,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>