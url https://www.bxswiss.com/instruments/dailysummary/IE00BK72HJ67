--- v4 (2026-02-10)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R199fab0db8184d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8891256740534b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re93cd359e8554217"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd32058ad81584d35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5216c6420d5e4d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re93cd359e8554217" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74bed8886e5b47bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd32058ad81584d35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI World SRI ETF (USD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK72HJ67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>19,945</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>