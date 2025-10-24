--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b2f6efc391f4fdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b7b5aa93ccc494e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f30502fa4c94a40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a43f56db02e4b6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R734d336250ff43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f30502fa4c94a40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd74341af8bf044d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a43f56db02e4b6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corp Bond UCITS ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK6NC407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>4,623</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,639</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,639</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,627</x:t>
-[...16 lines deleted...]
-          <x:t>4,651</x:t>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,645</x:t>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,660</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,661</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>11.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,666</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>4,657</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,646</x:t>
-[...16 lines deleted...]
-          <x:t>4,658</x:t>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,646</x:t>
-[...301 lines deleted...]
-          <x:t>4,666</x:t>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>