--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b7b5aa93ccc494e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f8587f4aefc4b42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a43f56db02e4b6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07d66d115ef84c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd74341af8bf044d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a43f56db02e4b6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d10105e70474fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07d66d115ef84c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corp Bond UCITS ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK6NC407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,663</x:t>
-[...16 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,659</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>4,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,650</x:t>
-[...102 lines deleted...]
-          <x:t>4,671</x:t>
+          <x:t>4,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,656</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>4,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>