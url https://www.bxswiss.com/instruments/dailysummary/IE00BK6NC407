--- v2 (2025-11-15)
+++ v3 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f8587f4aefc4b42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf456b5688b4647c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07d66d115ef84c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4885876a3e04ba1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d10105e70474fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07d66d115ef84c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde231ea256cb494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4885876a3e04ba1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corp Bond UCITS ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK6NC407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,675</x:t>
-[...431 lines deleted...]
-          <x:t>4,676</x:t>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,666</x:t>
-[...70 lines deleted...]
-          <x:t>4,667</x:t>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,666</x:t>
-[...107 lines deleted...]
-          <x:t>4,656</x:t>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>