--- v3 (2025-12-26)
+++ v4 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf456b5688b4647c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R115bcdcad5c94d1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4885876a3e04ba1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7289397a5c854033"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde231ea256cb494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4885876a3e04ba1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2adcd12ad2ab4742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7289397a5c854033" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corp Bond UCITS ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK6NC407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,656</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>4,672</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,664</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>03.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,659</x:t>
-        </x:is>
-[...391 lines deleted...]
-          <x:t>4,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>