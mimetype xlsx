--- v4 (2026-01-15)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R115bcdcad5c94d1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8927054facef4beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7289397a5c854033"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954fea3303e04a76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2adcd12ad2ab4742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7289397a5c854033" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b333d6cdd2344c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954fea3303e04a76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corp Bond UCITS ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK6NC407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,623</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,647</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>17.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,644</x:t>
-[...21 lines deleted...]
-          <x:t>4,635</x:t>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,611</x:t>
-[...97 lines deleted...]
-          <x:t>4,640</x:t>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,633</x:t>
-[...107 lines deleted...]
-          <x:t>4,643</x:t>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,653</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>4,659</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>