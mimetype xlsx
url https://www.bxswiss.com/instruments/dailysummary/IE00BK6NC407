--- v5 (2026-02-05)
+++ v6 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8927054facef4beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe01bb5bfc134e2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954fea3303e04a76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849428001f8e4fa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b333d6cdd2344c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954fea3303e04a76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d8874845b94ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849428001f8e4fa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corp Bond UCITS ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK6NC407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,636</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,632</x:t>
-[...43 lines deleted...]
-          <x:t>4,651</x:t>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,643</x:t>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,653</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,664</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,658</x:t>
-[...21 lines deleted...]
-          <x:t>4,652</x:t>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,648</x:t>
-[...43 lines deleted...]
-          <x:t>4,658</x:t>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,650</x:t>
-[...16 lines deleted...]
-          <x:t>4,659</x:t>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,647</x:t>
-[...242 lines deleted...]
-          <x:t>4,652</x:t>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,666</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,677</x:t>
-[...48 lines deleted...]
-          <x:t>4,668</x:t>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,657</x:t>
-[...58 lines deleted...]
-          <x:t>4,665</x:t>
+          <x:t>4,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>