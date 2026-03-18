--- v6 (2026-02-25)
+++ v7 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe01bb5bfc134e2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a361a592f3f42f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849428001f8e4fa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ea15dac374d4f52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d8874845b94ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849428001f8e4fa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ec2ccc17f8b4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ea15dac374d4f52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corp Bond UCITS ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK6NC407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>4,657</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,662</x:t>
-[...539 lines deleted...]
-          <x:t>4,681</x:t>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>