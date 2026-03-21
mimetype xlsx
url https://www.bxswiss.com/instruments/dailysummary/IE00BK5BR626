--- v0 (2026-02-09)
+++ v1 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce324932cac84473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re54a794a1f154c3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58267a4af3c44840"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e54406921b74fb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69844d59717a4e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58267a4af3c44840" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05827daf3faf4533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e54406921b74fb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE All-World High Dividend Yield UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK5BR626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>76,886</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,860</x:t>
-[...431 lines deleted...]
-          <x:t>77,514</x:t>
+          <x:t>76,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>