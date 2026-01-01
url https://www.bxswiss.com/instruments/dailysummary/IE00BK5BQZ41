--- v0 (2025-10-12)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64ce1c894ed345a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf47d9dbcbb344351" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80885ec9ed654dbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40905dba69e2458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efb1d8fd91f4b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80885ec9ed654dbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60084209a69945bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40905dba69e2458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Asia Pacific ex Japan UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK5BQZ41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>30,285</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>