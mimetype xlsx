--- v1 (2026-01-01)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf47d9dbcbb344351" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14268e51a52f490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40905dba69e2458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d1a3a6025f34aa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60084209a69945bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40905dba69e2458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08274f4339854f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d1a3a6025f34aa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed Asia Pacific ex Japan UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK5BQZ41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>32,759</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>