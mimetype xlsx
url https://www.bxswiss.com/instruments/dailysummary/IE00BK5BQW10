--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfc18a173b4043e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33010d2f7c54557" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24079dba2a024369"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a42699b0c246f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5410018e84244f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24079dba2a024369" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb42d4aedb874358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a42699b0c246f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE North America UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK5BQW10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>134,587</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,433</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>133,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>