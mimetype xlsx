--- v1 (2025-11-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33010d2f7c54557" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25d4a8e33cfe409c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a42699b0c246f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1067d1b039944308"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb42d4aedb874358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a42699b0c246f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7135d5e2d44d411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1067d1b039944308" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE North America UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK5BQW10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>