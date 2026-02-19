--- v2 (2025-12-21)
+++ v3 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25d4a8e33cfe409c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d99a927974e412b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1067d1b039944308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R203c98c90e964e3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7135d5e2d44d411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1067d1b039944308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0858c54074f4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R203c98c90e964e3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE North America UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK5BQW10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>136,331</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>