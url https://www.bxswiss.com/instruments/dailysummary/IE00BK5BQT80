--- v0 (2026-02-12)
+++ v1 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ba57f2ec00841d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5280d879b4c4a41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb785912d49d549b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcfaaafbaebf47f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2043f1d967a44967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb785912d49d549b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R983edf901ee04668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcfaaafbaebf47f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE All-World UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK5BQT80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...539 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,008</x:t>
-[...63 lines deleted...]
-          <x:t>136,479</x:t>
+          <x:t>133,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>