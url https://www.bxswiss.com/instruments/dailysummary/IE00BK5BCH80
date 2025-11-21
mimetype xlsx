--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raee4e126d016442c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1abcf81a8bbe4be8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aa080c7ff6c4c3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fffd15a9a8f43cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76f58db870b64ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aa080c7ff6c4c3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227d86328465494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fffd15a9a8f43cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Clean Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK5BCH80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>10,365</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,247</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>10,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,334</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>