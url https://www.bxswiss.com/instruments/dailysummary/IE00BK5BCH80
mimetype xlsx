--- v1 (2025-11-21)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1abcf81a8bbe4be8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4573e7b7544fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fffd15a9a8f43cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref4e83cf8c724d96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R227d86328465494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fffd15a9a8f43cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88de5ab74caa4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref4e83cf8c724d96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Clean Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK5BCH80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>10,692</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,702</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>11,146</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,134</x:t>
-[...296 lines deleted...]
-          <x:t>10,643</x:t>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>