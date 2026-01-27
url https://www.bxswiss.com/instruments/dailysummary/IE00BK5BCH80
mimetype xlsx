--- v2 (2026-01-02)
+++ v3 (2026-01-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4573e7b7544fcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb2eec8cb714fc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref4e83cf8c724d96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb015c284b9d64d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88de5ab74caa4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref4e83cf8c724d96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1707e43a6d8490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb015c284b9d64d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Clean Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK5BCH80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>