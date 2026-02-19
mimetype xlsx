--- v3 (2026-01-27)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb2eec8cb714fc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb22b4a49dbf4e89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb015c284b9d64d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R128c83cabb384a40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1707e43a6d8490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb015c284b9d64d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R726a8eb1837a456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R128c83cabb384a40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Clean Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK5BCH80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>11,200</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>16.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,663</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>11,663</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>