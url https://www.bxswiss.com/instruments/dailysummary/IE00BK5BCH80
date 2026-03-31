--- v4 (2026-02-19)
+++ v5 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb22b4a49dbf4e89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb49a4b0c6b94583" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R128c83cabb384a40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8b5a7b953824676"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R726a8eb1837a456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R128c83cabb384a40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfd6e98587c24bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8b5a7b953824676" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Clean Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK5BCH80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>11,764</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,755</x:t>
-[...389 lines deleted...]
-          <x:t>12,535</x:t>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,233</x:t>
-[...112 lines deleted...]
-          <x:t>12,520</x:t>
+          <x:t>12,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>