--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2c72e146684479b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84db9a635f664a2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7bd42182da144c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a306c60a5044fcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc955eb82eee242ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7bd42182da144c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e69ac08c8f44c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a306c60a5044fcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK1PV551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>91,510</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,641</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>91,717</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>