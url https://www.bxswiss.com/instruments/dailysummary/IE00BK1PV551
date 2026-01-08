--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84db9a635f664a2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21c6784340fb4a5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a306c60a5044fcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31d3633860a4761"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e69ac08c8f44c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a306c60a5044fcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7864db66c9474ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31d3633860a4761" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK1PV551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>92,869</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>