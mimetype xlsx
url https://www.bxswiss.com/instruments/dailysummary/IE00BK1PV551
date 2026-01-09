--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21c6784340fb4a5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R718504d81ce34d99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31d3633860a4761"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cf14fb97e5049c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7864db66c9474ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31d3633860a4761" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bc0644a0b8a4c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cf14fb97e5049c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BK1PV551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,152</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>