--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc59eabd3eea44c0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1baf32aee3f04509" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc86869dcbf564f89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85f64a88ec834133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca72031b56b406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc86869dcbf564f89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b767000d0e4491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85f64a88ec834133" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Russell 2000 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DD79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>