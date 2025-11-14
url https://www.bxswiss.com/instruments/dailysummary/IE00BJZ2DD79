--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1baf32aee3f04509" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8f54cf389674de3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85f64a88ec834133"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50c89e2755e04ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b767000d0e4491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85f64a88ec834133" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b891234bc34d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50c89e2755e04ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Russell 2000 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DD79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>289,891</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...262 lines deleted...]
-          <x:t>287,327</x:t>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>