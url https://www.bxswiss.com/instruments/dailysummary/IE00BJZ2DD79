--- v2 (2025-11-14)
+++ v3 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8f54cf389674de3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra550b47ab1204064" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50c89e2755e04ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07b5e8b03e84487b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b891234bc34d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50c89e2755e04ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf5e30bf85414c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07b5e8b03e84487b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Russell 2000 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DD79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>281,796</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>