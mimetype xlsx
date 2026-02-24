--- v3 (2025-12-24)
+++ v4 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra550b47ab1204064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d430fce4ce4e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07b5e8b03e84487b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1084fd9c693d407e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf5e30bf85414c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07b5e8b03e84487b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cf8fe072e654dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1084fd9c693d407e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Russell 2000 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DD79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>295,941</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>