--- v4 (2026-02-24)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d430fce4ce4e46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df61891a1794fcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1084fd9c693d407e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c4f934d681b45ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cf8fe072e654dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1084fd9c693d407e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bf5201547a4419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c4f934d681b45ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Russell 2000 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DD79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>