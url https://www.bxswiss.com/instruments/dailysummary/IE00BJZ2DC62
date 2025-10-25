--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf74cc4747cdc458e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R233950826a1543de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5635c963a43d4a10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76703b7cc2614e3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb51ed831ce34dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5635c963a43d4a10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1412de0e20e4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76703b7cc2614e3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DC62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>45,217</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,217</x:t>
-[...301 lines deleted...]
-          <x:t>46,525</x:t>
+          <x:t>44,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>