--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R233950826a1543de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ae45f5e0894f17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76703b7cc2614e3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42cd2464322e40a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1412de0e20e4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76703b7cc2614e3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5927b3bfb5564af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42cd2464322e40a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DC62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>46,120</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,015</x:t>
-[...517 lines deleted...]
-          <x:t>46,944</x:t>
+          <x:t>46,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>