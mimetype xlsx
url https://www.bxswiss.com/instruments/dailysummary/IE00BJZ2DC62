--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ae45f5e0894f17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2719231ddc34013" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42cd2464322e40a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6adf15dfd8b419d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5927b3bfb5564af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42cd2464322e40a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a16681d46a491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6adf15dfd8b419d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DC62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>46,706</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>25.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,179</x:t>
-[...462 lines deleted...]
-        <x:is>
           <x:t>46,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>