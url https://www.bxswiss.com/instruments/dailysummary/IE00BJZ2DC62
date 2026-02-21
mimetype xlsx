--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2719231ddc34013" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f08929eef8f42ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6adf15dfd8b419d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab8d1f38964049c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a16681d46a491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6adf15dfd8b419d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28605d6cec2c4994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab8d1f38964049c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DC62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>48,465</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>