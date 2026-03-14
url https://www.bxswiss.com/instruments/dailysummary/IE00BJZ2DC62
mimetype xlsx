--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f08929eef8f42ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11e0a65148b14a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab8d1f38964049c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f4488f8c8e461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28605d6cec2c4994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab8d1f38964049c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raba4e04c4a284920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f4488f8c8e461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DC62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>46,380</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,235</x:t>
-[...168 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>46,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,083</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>45,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.02.2026</x:t>
-[...100 lines deleted...]
-          <x:t>45,898</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>