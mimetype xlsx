--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dd62dee58f84b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90dc207d9eae4e59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f71d4f6325f417d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf54d3f6c664f40df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re02f1b7f217b42c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f71d4f6325f417d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7fd788e115d4239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf54d3f6c664f40df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA Socially Responsible UCITS ETF hCHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXT3L85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,086</x:t>
+          <x:t>17,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,906</x:t>
-[...21 lines deleted...]
-          <x:t>17,872</x:t>
+          <x:t>18,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,996</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>18,044</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,902</x:t>
-[...85 lines deleted...]
-          <x:t>17,726</x:t>
+          <x:t>18,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>