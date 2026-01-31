--- v1 (2026-01-08)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90dc207d9eae4e59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R646adf04b594431f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf54d3f6c664f40df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90f888b25334f0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7fd788e115d4239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf54d3f6c664f40df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52cb92f685674013" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90f888b25334f0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA Socially Responsible UCITS ETF hCHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXT3L85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>18,142</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,263</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>18,214</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>