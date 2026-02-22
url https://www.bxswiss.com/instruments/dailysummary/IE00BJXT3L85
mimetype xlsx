--- v2 (2026-01-31)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R646adf04b594431f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8752ef7df8d64fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90f888b25334f0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391bab73cb764e75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52cb92f685674013" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90f888b25334f0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd632d3e8fae34be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391bab73cb764e75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA Socially Responsible UCITS ETF hCHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXT3L85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>18,086</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,037</x:t>
-[...200 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,108</x:t>
-[...225 lines deleted...]
-          <x:t>18,059</x:t>
+          <x:t>17,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>