--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8752ef7df8d64fd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rade9d3b7f11b4cc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391bab73cb764e75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf409f00eccbb4c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd632d3e8fae34be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391bab73cb764e75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ca32fda48f744d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf409f00eccbb4c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA Socially Responsible UCITS ETF hCHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXT3L85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>18,155</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,150</x:t>
-[...16 lines deleted...]
-          <x:t>18,186</x:t>
+          <x:t>17,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,879</x:t>
-[...97 lines deleted...]
-          <x:t>18,091</x:t>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,085</x:t>
-[...168 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>17,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,867</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>17,863</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>