--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fc05f75b56b4650" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc942e99fe6e84fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f7b992c11ec428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53caa3c834ec46e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R374d12dca3f34c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f7b992c11ec428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5923231ad237413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53caa3c834ec46e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI USA Socially Responsible ETF USD acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXT3C94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>17,461</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,383</x:t>
-[...107 lines deleted...]
-          <x:t>17,605</x:t>
+          <x:t>17,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,683</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>17,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>