--- v1 (2025-11-21)
+++ v2 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc942e99fe6e84fde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5ba30fc69f542ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53caa3c834ec46e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7bb9563eee8488b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5923231ad237413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53caa3c834ec46e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d6e291b4764fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7bb9563eee8488b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI USA Socially Responsible ETF USD acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXT3C94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,553</x:t>
-[...448 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,339</x:t>
-[...16 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,077</x:t>
-[...63 lines deleted...]
-          <x:t>17,295</x:t>
+          <x:t>17,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>