--- v2 (2026-03-07)
+++ v3 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5ba30fc69f542ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d5ec905b2f4c47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7bb9563eee8488b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96b17c0c322a41f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d6e291b4764fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7bb9563eee8488b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc880ea4ae3ee4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96b17c0c322a41f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI USA Socially Responsible ETF USD acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXT3C94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>17,135</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,143</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,137</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>