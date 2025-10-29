--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c29bd013e26448e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5423f10ae44c4402" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd81ce6adbd9048f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7626385427ab4b9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R149dc48d91dd46d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd81ce6adbd9048f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b5f0fbe501a4d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7626385427ab4b9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize Cybersecurity and Data Privacy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXRZJ40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>7,114</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>7,169</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>7,184</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>