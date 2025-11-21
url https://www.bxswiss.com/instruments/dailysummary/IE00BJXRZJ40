--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5423f10ae44c4402" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67f9385d6e044e5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7626385427ab4b9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e55274e3b84b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b5f0fbe501a4d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7626385427ab4b9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf17fc6165a7e4b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e55274e3b84b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize Cybersecurity and Data Privacy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXRZJ40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>7,124</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...301 lines deleted...]
-          <x:t>6,891</x:t>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,014</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>28.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,267</x:t>
-[...9 lines deleted...]
-          <x:t>7,256</x:t>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>