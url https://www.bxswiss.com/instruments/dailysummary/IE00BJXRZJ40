--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67f9385d6e044e5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2407560e0c5b4c0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e55274e3b84b78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc4df03fe0d4e1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf17fc6165a7e4b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e55274e3b84b78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2109dbfe6f049d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc4df03fe0d4e1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize Cybersecurity and Data Privacy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXRZJ40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...576 lines deleted...]
-          <x:t>6,660</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,632</x:t>
-[...53 lines deleted...]
-          <x:t>6,609</x:t>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>