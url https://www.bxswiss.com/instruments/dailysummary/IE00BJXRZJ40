--- v3 (2026-01-01)
+++ v4 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2407560e0c5b4c0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff733b36f09485b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc4df03fe0d4e1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R706a3f06caca411d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2109dbfe6f049d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc4df03fe0d4e1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264846201871490e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R706a3f06caca411d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize Cybersecurity and Data Privacy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXRZJ40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...473 lines deleted...]
-          <x:t>6,507</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,519</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>6,522</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>