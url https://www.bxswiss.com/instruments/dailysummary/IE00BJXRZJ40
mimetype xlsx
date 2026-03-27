--- v4 (2026-02-12)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff733b36f09485b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0040f4b66bd48be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R706a3f06caca411d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69318b2638274006"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264846201871490e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R706a3f06caca411d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d33e7e86edf450d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69318b2638274006" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize Cybersecurity and Data Privacy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXRZJ40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>5,945</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,920</x:t>
-[...75 lines deleted...]
-          <x:t>5,512</x:t>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,704</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>5,630</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>