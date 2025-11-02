--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ce6a484d4ca454a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7832099badc24a48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab655e8701a44ef4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc96a89885fa49bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R602ab087808a44f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab655e8701a44ef4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d9d7b1feeec4949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc96a89885fa49bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg 1-3 Month T-Bill  UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXRT698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,988</x:t>
-[...232 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>92,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,353</x:t>
-[...144 lines deleted...]
-          <x:t>93,732</x:t>
+          <x:t>93,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>