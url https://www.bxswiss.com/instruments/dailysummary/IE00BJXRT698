--- v1 (2025-11-02)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7832099badc24a48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d29724e3d8148e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc96a89885fa49bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R280d841cbb484454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d9d7b1feeec4949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc96a89885fa49bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raab2c4daeeb74fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R280d841cbb484454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg 1-3 Month T-Bill  UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXRT698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...576 lines deleted...]
-          <x:t>94,311</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,602</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>94,260</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>