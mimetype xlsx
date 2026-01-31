--- v2 (2026-01-06)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d29724e3d8148e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cbee4c2756c46ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R280d841cbb484454"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb645dc68758d4f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raab2c4daeeb74fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R280d841cbb484454" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697f18a57ca34b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb645dc68758d4f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg 1-3 Month T-Bill  UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXRT698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +224,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>