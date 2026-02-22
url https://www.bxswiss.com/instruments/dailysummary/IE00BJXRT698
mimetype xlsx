--- v3 (2026-01-31)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cbee4c2756c46ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f07de9ff394dd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb645dc68758d4f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra314cd0c5cbf43ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R697f18a57ca34b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb645dc68758d4f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R825e4af3b9a14971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra314cd0c5cbf43ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg 1-3 Month T-Bill  UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXRT698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>