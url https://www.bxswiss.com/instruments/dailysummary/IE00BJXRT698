--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f07de9ff394dd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a59614ea5a3473d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra314cd0c5cbf43ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbed69f5c57604185"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R825e4af3b9a14971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra314cd0c5cbf43ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28b535c270c7483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbed69f5c57604185" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg 1-3 Month T-Bill  UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXRT698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>92,178</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,272</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>92,028</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>