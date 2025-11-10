--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f9a566e83d14bec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ecbe0d128714bd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3a30aee16d44bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa42cd22eea3493b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e7e136db774ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3a30aee16d44bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63026a2ce7a14289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa42cd22eea3493b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf-HAN-GINS Indxx Healthcare Megatrend Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQTJ848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>6,118</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>