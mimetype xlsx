--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ecbe0d128714bd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e023b0324349f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa42cd22eea3493b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0a0b919a4494c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63026a2ce7a14289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa42cd22eea3493b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db967021b4248ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0a0b919a4494c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf-HAN-GINS Indxx Healthcare Megatrend Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQTJ848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,171</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,240</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...401 lines deleted...]
-          <x:t>6,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,332</x:t>
-[...161 lines deleted...]
-          <x:t>6,097</x:t>
+          <x:t>6,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>