--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e023b0324349f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb36cd72bbe4977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0a0b919a4494c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R002195fec2a843cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db967021b4248ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0a0b919a4494c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1fda6774fd540c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R002195fec2a843cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf-HAN-GINS Indxx Healthcare Megatrend Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQTJ848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,432</x:t>
-[...43 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,530</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>6,610</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,581</x:t>
-[...274 lines deleted...]
-          <x:t>6,326</x:t>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>