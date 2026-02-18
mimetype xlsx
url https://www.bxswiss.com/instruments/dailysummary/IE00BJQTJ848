--- v3 (2026-01-10)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb36cd72bbe4977" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9bd59299f7454f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R002195fec2a843cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1a30588d4054d61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1fda6774fd540c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R002195fec2a843cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f2729540b4a44a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1a30588d4054d61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf-HAN-GINS Indxx Healthcare Megatrend Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQTJ848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>6,335</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,282</x:t>
-[...65 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,411</x:t>
-[...107 lines deleted...]
-          <x:t>6,355</x:t>
+          <x:t>6,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,177</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>6,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>