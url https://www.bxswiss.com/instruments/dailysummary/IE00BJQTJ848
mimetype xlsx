--- v4 (2026-02-18)
+++ v5 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9bd59299f7454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f00b10c9cf04fcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1a30588d4054d61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R169821cf81864b48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,677 +91,731 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f2729540b4a44a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1a30588d4054d61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R896648f3384746f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R169821cf81864b48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>HANetf-HAN-GINS Indxx Healthcare Megatrend Equal Weight UCITS ETF Acc</x:t>
+          <x:t>HANetf-HAN-GINS Indxx Healthcare Megatrend Equal Weight UCITS ETF Acc  (actively managed ETF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQTJ848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>6,004</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,038</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>6,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>6,097</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,981</x:t>
-[...43 lines deleted...]
-          <x:t>5,879</x:t>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,874</x:t>
-[...70 lines deleted...]
-          <x:t>5,925</x:t>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,900</x:t>
-[...107 lines deleted...]
-          <x:t>6,060</x:t>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>