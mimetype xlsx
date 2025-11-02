--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R895002904acb4784" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec58bb84bbd34038" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra09cc62d59964470"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bb1bfeebab24b7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2af634bf1c18495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra09cc62d59964470" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc20c46e777394862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bb1bfeebab24b7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA ESG Universal Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQRDM08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>79,677</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,349</x:t>
-[...242 lines deleted...]
-          <x:t>79,577</x:t>
+          <x:t>79,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>