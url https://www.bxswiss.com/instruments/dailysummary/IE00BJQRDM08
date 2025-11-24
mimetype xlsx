--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec58bb84bbd34038" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b387185e714dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bb1bfeebab24b7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1876d1bba814895"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc20c46e777394862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bb1bfeebab24b7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f385192429409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1876d1bba814895" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA ESG Universal Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQRDM08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>