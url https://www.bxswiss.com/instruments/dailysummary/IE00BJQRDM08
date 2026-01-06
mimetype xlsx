--- v2 (2025-11-24)
+++ v3 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b387185e714dc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de3f1b26cc443a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1876d1bba814895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fccb4baa44a4ded"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f385192429409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1876d1bba814895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7c6a0903efc4508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fccb4baa44a4ded" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA ESG Universal Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQRDM08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,173</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>82,237</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,713</x:t>
-[...193 lines deleted...]
-          <x:t>79,709</x:t>
+          <x:t>81,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>