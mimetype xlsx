--- v3 (2026-01-06)
+++ v4 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de3f1b26cc443a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029f6bb8599342e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fccb4baa44a4ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb65090928e47ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7c6a0903efc4508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fccb4baa44a4ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f9e4f98e1434929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb65090928e47ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA ESG Universal Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQRDM08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>83,120</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,318</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>81,165</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,942</x:t>
-[...188 lines deleted...]
-          <x:t>82,589</x:t>
+          <x:t>80,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>