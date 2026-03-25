--- v4 (2026-02-13)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029f6bb8599342e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a1ce854e4e44778" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb65090928e47ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4158ac3163214f85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f9e4f98e1434929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb65090928e47ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f578f1143424580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4158ac3163214f85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA ESG Universal Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQRDM08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...576 lines deleted...]
-          <x:t>79,929</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>79,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>79,741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...46 lines deleted...]
-          <x:t>78,573</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>