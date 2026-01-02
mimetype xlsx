--- v0 (2025-11-21)
+++ v1 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R227a03a0d7744027" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7505c3543e2141f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1455019e07943a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R688b75191ab846e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ea9e25e3a7543e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1455019e07943a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R354b980ad9774211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R688b75191ab846e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPM BetaBuilders US Treasury Bond 0-1 yr UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJK3WF00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>93,567</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>93,701</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>94,788</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>