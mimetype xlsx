--- v1 (2026-01-02)
+++ v2 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7505c3543e2141f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a72c34a04ca4257" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R688b75191ab846e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb25921f9d83e41b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R354b980ad9774211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R688b75191ab846e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe774c5007f4c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb25921f9d83e41b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPM BetaBuilders US Treasury Bond 0-1 yr UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJK3WF00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>93,352</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>