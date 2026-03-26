--- v2 (2026-02-13)
+++ v3 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a72c34a04ca4257" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7ed0ce8fce4edc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb25921f9d83e41b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84bc2eb6ef774d16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe774c5007f4c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb25921f9d83e41b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098597a050354d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84bc2eb6ef774d16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JPM BetaBuilders US Treasury Bond 0-1 yr UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJK3WF00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...468 lines deleted...]
-          <x:t>92,213</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,138</x:t>
-[...161 lines deleted...]
-          <x:t>91,283</x:t>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>