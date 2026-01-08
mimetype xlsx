--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4262b2851b5411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba3d9fac61d408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf955f394af624c29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5bff59da474da6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae5cbdd895404939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf955f394af624c29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5710e28c6c64b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5bff59da474da6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Cloud Computing UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJGWQN72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,813</x:t>
-[...36 lines deleted...]
-          <x:t>27,276</x:t>
+          <x:t>27,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>