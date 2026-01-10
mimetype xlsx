--- v1 (2026-01-08)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba3d9fac61d408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84077d45555746b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5bff59da474da6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11be57d0cf0e4147"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5710e28c6c64b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5bff59da474da6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb84388a55f19401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11be57d0cf0e4147" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Cloud Computing UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJGWQN72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +575,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>