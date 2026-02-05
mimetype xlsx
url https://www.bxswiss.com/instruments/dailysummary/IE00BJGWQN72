--- v2 (2026-01-10)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84077d45555746b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf24773ec7ed14d66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11be57d0cf0e4147"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ee2a3afed0347ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb84388a55f19401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11be57d0cf0e4147" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfc3213c4bd8463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ee2a3afed0347ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Cloud Computing UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJGWQN72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>