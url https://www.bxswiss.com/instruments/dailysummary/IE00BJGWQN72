--- v3 (2026-02-05)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf24773ec7ed14d66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab9bf06b8f2491d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ee2a3afed0347ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d415cba87924c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfc3213c4bd8463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ee2a3afed0347ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb793f45703646ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d415cba87924c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Cloud Computing UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJGWQN72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>