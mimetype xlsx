--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab9bf06b8f2491d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a2dd13bb7048a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d415cba87924c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R583e1c7b79874615"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb793f45703646ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d415cba87924c68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda04c1d4d90e4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R583e1c7b79874615" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Cloud Computing UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJGWQN72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>23,619</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,533</x:t>
-[...458 lines deleted...]
-          <x:t>20,138</x:t>
+          <x:t>21,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>