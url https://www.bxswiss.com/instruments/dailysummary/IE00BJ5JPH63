--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78089ff23ffc46c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e304dea4db4195" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3885f74aa2ad4508"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R530ebb66b2914ae5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b590444d16142a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3885f74aa2ad4508" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94754d4607846e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R530ebb66b2914ae5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan $ EM Bond UCITS ETF EUR Hedged (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JPH63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,136</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,131</x:t>
-[...421 lines deleted...]
-          <x:t>5,147</x:t>
+          <x:t>5,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,147</x:t>
-[...65 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,191</x:t>
-[...4 lines deleted...]
-          <x:t>5,143</x:t>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,188</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>5,189</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,193</x:t>
-[...36 lines deleted...]
-          <x:t>5,198</x:t>
+          <x:t>5,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>