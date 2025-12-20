--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e304dea4db4195" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d0cf9b0b214004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R530ebb66b2914ae5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf210b62eed664319"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94754d4607846e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R530ebb66b2914ae5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R811d569b9d9344dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf210b62eed664319" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan $ EM Bond UCITS ETF EUR Hedged (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JPH63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>5,178</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,143</x:t>
-[...26 lines deleted...]
-          <x:t>5,189</x:t>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,213</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>5,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,187</x:t>
-[...70 lines deleted...]
-          <x:t>5,232</x:t>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,217</x:t>
-[...11 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,245</x:t>
-[...360 lines deleted...]
-          <x:t>5,211</x:t>
+          <x:t>5,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>