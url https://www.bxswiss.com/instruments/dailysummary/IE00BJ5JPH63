--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d0cf9b0b214004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b6fe29774e64294" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf210b62eed664319"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec4019617cef4281"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R811d569b9d9344dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf210b62eed664319" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd95c439ec76d4084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec4019617cef4281" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan $ EM Bond UCITS ETF EUR Hedged (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JPH63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>5,200</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,195</x:t>
-[...16 lines deleted...]
-          <x:t>5,214</x:t>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,204</x:t>
-[...80 lines deleted...]
-          <x:t>5,213</x:t>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,223</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,228</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>5,210</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,223</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>5,249</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>