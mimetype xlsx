--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b6fe29774e64294" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raede94c82b364457" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec4019617cef4281"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa2e9363cdb244cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd95c439ec76d4084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec4019617cef4281" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29c0cbc40ece406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa2e9363cdb244cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan $ EM Bond UCITS ETF EUR Hedged (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JPH63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,236</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>17.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,247</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>18.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,261</x:t>
-[...31 lines deleted...]
-          <x:t>5,243</x:t>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,249</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>5,246</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,229</x:t>
-[...58 lines deleted...]
-          <x:t>5,240</x:t>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>