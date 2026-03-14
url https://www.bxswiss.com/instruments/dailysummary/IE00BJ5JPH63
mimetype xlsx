--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raede94c82b364457" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c1cbee3aebe4c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa2e9363cdb244cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb397d336fa284bdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29c0cbc40ece406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa2e9363cdb244cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60db9e2d36584904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb397d336fa284bdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan $ EM Bond UCITS ETF EUR Hedged (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JPH63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>5,216</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,205</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>5,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,236</x:t>
-[...603 lines deleted...]
-          <x:t>5,324</x:t>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>