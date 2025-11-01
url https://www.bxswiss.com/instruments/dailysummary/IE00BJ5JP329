--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46d49127b2ca43eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98e21bff4b83489b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725a7a74ae0a4017"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78d4e693a4684cdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c1191fac43346df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725a7a74ae0a4017" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1fe52e3fe7a4875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78d4e693a4684cdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Consumer Staples Sector UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JP329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,846</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,788</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,788</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,782</x:t>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,796</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>4,670</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>4,635</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,628</x:t>
-[...247 lines deleted...]
-          <x:t>4,643</x:t>
+          <x:t>4,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>