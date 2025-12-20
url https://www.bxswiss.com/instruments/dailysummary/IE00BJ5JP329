--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98e21bff4b83489b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ba5f1590004597" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78d4e693a4684cdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78c8e683de2d41bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1fe52e3fe7a4875" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78d4e693a4684cdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cfd0c24370c4b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78c8e683de2d41bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Consumer Staples Sector UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JP329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,629</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,670</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>4,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,633</x:t>
-[...65 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,688</x:t>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,669</x:t>
-[...102 lines deleted...]
-          <x:t>4,639</x:t>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,682</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...337 lines deleted...]
-          <x:t>4,690</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>