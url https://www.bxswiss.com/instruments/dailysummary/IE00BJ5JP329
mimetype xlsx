--- v2 (2025-12-20)
+++ v3 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ba5f1590004597" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3987cc17075d4e7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78c8e683de2d41bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabac1ddad0dd4614"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cfd0c24370c4b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78c8e683de2d41bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra87fff153f57430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabac1ddad0dd4614" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Consumer Staples Sector UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JP329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,600</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,630</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,636</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>4,653</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,767</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>4,713</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,717</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,711</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,699</x:t>
-[...200 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,771</x:t>
-[...279 lines deleted...]
-          <x:t>4,674</x:t>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>