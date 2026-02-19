--- v3 (2026-01-29)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3987cc17075d4e7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3111f4f301754dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabac1ddad0dd4614"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f88dd7c2ec460c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra87fff153f57430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabac1ddad0dd4614" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5657c92dc8f24274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f88dd7c2ec460c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Consumer Staples Sector UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JP329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,605</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,632</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>13.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,776</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>4,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>4,657</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>