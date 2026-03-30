--- v4 (2026-02-19)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3111f4f301754dfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60553cbe2291451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f88dd7c2ec460c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R610056e1132a4058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5657c92dc8f24274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f88dd7c2ec460c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd72c1ada2554a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R610056e1132a4058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Consumer Staples Sector UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JP329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>4,717</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,741</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>4,706</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,640</x:t>
-[...75 lines deleted...]
-          <x:t>4,632</x:t>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,683</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>5,034</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>