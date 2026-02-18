--- v0 (2026-01-09)
+++ v1 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26fcd14f9426492e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3d98810059e4b14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63b4e58a62ef4e45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re63dbc15604e4c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6008409f28aa4f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63b4e58a62ef4e45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R032d9fc0fd8e42f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re63dbc15604e4c6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Health Care Sector Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JNZ06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>6,198</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,163</x:t>
+          <x:t>6,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,173</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>6,123</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,145</x:t>
-[...21 lines deleted...]
-          <x:t>6,099</x:t>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,154</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...258 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,174</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>6,449</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>