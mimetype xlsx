--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ad749aded944a4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8efb5daa41494fac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924c182391e3433b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0a0c1464f92470d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf7c411011b049b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924c182391e3433b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8877ba687c754e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0a0c1464f92470d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Information Technology Sector Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JNY98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>