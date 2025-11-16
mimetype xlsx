--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8efb5daa41494fac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3f10825f07143d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0a0c1464f92470d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95b69e756af14b2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8877ba687c754e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0a0c1464f92470d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf0b4076b00640c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95b69e756af14b2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Information Technology Sector Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JNY98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>13,122</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>13,093</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...381 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,439</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>