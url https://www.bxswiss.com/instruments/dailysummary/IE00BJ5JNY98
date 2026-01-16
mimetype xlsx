--- v2 (2025-11-16)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3f10825f07143d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62d76cfc8dfd40a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95b69e756af14b2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5349a308e9434460"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf0b4076b00640c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95b69e756af14b2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f28ba41e9824cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5349a308e9434460" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Information Technology Sector Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JNY98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>13,271</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...554 lines deleted...]
-          <x:t>13,421</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,447</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>13,513</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>