--- v3 (2026-01-16)
+++ v4 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62d76cfc8dfd40a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20d93bbf62ea40e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5349a308e9434460"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra52bebd06ce14291"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f28ba41e9824cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5349a308e9434460" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0595f5788d24765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra52bebd06ce14291" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Information Technology Sector Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JNY98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>13,145</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,120</x:t>
+          <x:t>13,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,187</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>13,060</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...370 lines deleted...]
-          <x:t>13,753</x:t>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>