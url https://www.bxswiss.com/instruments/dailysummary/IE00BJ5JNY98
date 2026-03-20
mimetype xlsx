--- v4 (2026-02-07)
+++ v5 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20d93bbf62ea40e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bafef61e652427d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra52bebd06ce14291"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a853236cb19493f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0595f5788d24765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra52bebd06ce14291" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47d4599e8a5645a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a853236cb19493f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Information Technology Sector Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JNY98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...598 lines deleted...]
-          <x:t>12,545</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,197</x:t>
-[...21 lines deleted...]
-          <x:t>12,633</x:t>
+          <x:t>12,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,628</x:t>
+          <x:t>12,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>