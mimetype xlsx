--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37d0282c808d4c14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd81efcd8f264634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R383797ef9f194775"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b12e64265714425"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7e7111a700c4cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R383797ef9f194775" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88c78dfb5d448d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b12e64265714425" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ0KDQ92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>