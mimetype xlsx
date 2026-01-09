--- v1 (2025-10-30)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd81efcd8f264634" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1de6d57a3df42e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b12e64265714425"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eb37ef9d06f402e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88c78dfb5d448d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b12e64265714425" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c76e07d0b9f4bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eb37ef9d06f402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ0KDQ92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>112,588</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,793</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>113,466</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>