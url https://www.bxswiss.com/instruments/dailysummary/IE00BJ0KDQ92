--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1de6d57a3df42e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd27c158e5e4242b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eb37ef9d06f402e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf286d7b60f3243bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c76e07d0b9f4bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eb37ef9d06f402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84cc29a49d2d4f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf286d7b60f3243bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ0KDQ92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>