--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd27c158e5e4242b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68670a5ae01d4fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf286d7b60f3243bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc5a7b1dac0d43de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84cc29a49d2d4f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf286d7b60f3243bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fbc00d68d2a46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc5a7b1dac0d43de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ0KDQ92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>