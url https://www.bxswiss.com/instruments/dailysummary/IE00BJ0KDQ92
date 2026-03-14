--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68670a5ae01d4fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb117b3e87514e20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc5a7b1dac0d43de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R655d91097df24619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fbc00d68d2a46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc5a7b1dac0d43de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4523820686a6456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R655d91097df24619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ0KDQ92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>111,177</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...424 lines deleted...]
-          <x:t>113,521</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>