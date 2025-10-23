--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc22428f442764a4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd942a687fd4f5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R264c6fabedb24e31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2312ba6761af4dd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra26239ab408e4483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R264c6fabedb24e31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29ed5c361af049e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2312ba6761af4dd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Franklin FTSE India UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZRQZ17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>34,808</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>34,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>34,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,055</x:t>
-[...75 lines deleted...]
-          <x:t>35,190</x:t>
+          <x:t>34,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>35,473</x:t>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,342</x:t>
-[...70 lines deleted...]
-          <x:t>35,534</x:t>
+          <x:t>35,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,495</x:t>
-[...21 lines deleted...]
-          <x:t>35,343</x:t>
+          <x:t>35,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,508</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>35,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,799</x:t>
-[...11 lines deleted...]
-          <x:t>35,919</x:t>
+          <x:t>35,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,477</x:t>
-[...220 lines deleted...]
-          <x:t>34,806</x:t>
+          <x:t>36,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>