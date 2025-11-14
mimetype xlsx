--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd942a687fd4f5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R723f635898b84a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2312ba6761af4dd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcec2f55af574430b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29ed5c361af049e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2312ba6761af4dd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d75f45182a64816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcec2f55af574430b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Franklin FTSE India UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZRQZ17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>35,919</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,477</x:t>
-[...470 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>36,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>36,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>36,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,925</x:t>
-[...112 lines deleted...]
-          <x:t>36,734</x:t>
+          <x:t>36,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>