--- v2 (2025-11-14)
+++ v3 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R723f635898b84a46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2da20fee309c4755" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcec2f55af574430b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcea0dc82c65549c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d75f45182a64816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcec2f55af574430b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b62fb0b1f247d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcea0dc82c65549c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Franklin FTSE India UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZRQZ17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>36,152</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>36,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>36,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,143</x:t>
-[...485 lines deleted...]
-          <x:t>35,825</x:t>
+          <x:t>36,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>