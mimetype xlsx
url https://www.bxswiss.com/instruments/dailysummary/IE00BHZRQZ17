--- v3 (2025-12-26)
+++ v4 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2da20fee309c4755" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R923f1aefc11f4d86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcea0dc82c65549c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73d6f6b3c2c5481e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b62fb0b1f247d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcea0dc82c65549c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf22222709884325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73d6f6b3c2c5481e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Franklin FTSE India UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZRQZ17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>35,711</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,783</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>35,920</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,559</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>35,731</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>