--- v4 (2026-01-15)
+++ v5 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R923f1aefc11f4d86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R770c0a34778e486e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73d6f6b3c2c5481e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R407ce743341b41ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf22222709884325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73d6f6b3c2c5481e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ed87cbb94b457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R407ce743341b41ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Franklin FTSE India UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZRQZ17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,387 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>35,292</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,920</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,602</x:t>
@@ -629,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>