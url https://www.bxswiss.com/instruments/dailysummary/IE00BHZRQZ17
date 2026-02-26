--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R770c0a34778e486e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f76b7ef3bc4ca4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R407ce743341b41ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1731e0aea0c44cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ed87cbb94b457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R407ce743341b41ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re490863b23df433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1731e0aea0c44cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Franklin FTSE India UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZRQZ17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>