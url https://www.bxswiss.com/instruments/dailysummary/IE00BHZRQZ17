--- v6 (2026-02-26)
+++ v7 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f76b7ef3bc4ca4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b9c3e1228147e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1731e0aea0c44cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70abd749dfd34bd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re490863b23df433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1731e0aea0c44cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab1c230ca3a14af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70abd749dfd34bd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Franklin FTSE India UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZRQZ17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>33,253</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,994</x:t>
-[...21 lines deleted...]
-          <x:t>33,102</x:t>
+          <x:t>33,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,038</x:t>
-[...539 lines deleted...]
-          <x:t>33,910</x:t>
+          <x:t>32,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>