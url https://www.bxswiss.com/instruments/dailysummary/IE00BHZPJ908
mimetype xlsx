--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72888379e256400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04151964e66a468f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc328efeea2e248fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd31f82fcdc984f08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f52502326754f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc328efeea2e248fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd038b4810fb8467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd31f82fcdc984f08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV  MSCI USA ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...485 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,783</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>9,752</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,796</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,838</x:t>
-[...63 lines deleted...]
-          <x:t>9,571</x:t>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>