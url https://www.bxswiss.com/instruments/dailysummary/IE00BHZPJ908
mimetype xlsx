--- v1 (2026-01-08)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04151964e66a468f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d280a680434058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd31f82fcdc984f08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4891fbdc9a014184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd038b4810fb8467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd31f82fcdc984f08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7607442dd2ab479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4891fbdc9a014184" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV  MSCI USA ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>9,892</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,908</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>9,762</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,858</x:t>
-[...4 lines deleted...]
-          <x:t>9,733</x:t>
+          <x:t>9,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...289 lines deleted...]
-          <x:t>9,976</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>