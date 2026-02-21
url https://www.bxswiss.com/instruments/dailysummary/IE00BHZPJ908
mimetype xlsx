--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d280a680434058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf8019bb2a794c5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4891fbdc9a014184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R911a2f13a62745ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7607442dd2ab479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4891fbdc9a014184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e62765f6d54b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R911a2f13a62745ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV  MSCI USA ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,798</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...418 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,683</x:t>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>