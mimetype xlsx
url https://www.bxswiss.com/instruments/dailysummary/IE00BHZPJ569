--- v0 (2025-11-02)
+++ v1 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8da280d7edb4a5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b76659886a4eee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21422dda575d46ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03c228a54b8423d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf3381c4ec2048a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21422dda575d46ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50452da19bec49b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03c228a54b8423d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ569</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>8,643</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,609</x:t>
-[...313 lines deleted...]
-          <x:t>8,578</x:t>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,555</x:t>
-[...21 lines deleted...]
-          <x:t>8,643</x:t>
+          <x:t>8,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,574</x:t>
-[...188 lines deleted...]
-          <x:t>8,790</x:t>
+          <x:t>8,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>