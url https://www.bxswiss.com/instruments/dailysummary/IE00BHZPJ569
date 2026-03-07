--- v1 (2026-02-15)
+++ v2 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b76659886a4eee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3225fca4bed345a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03c228a54b8423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfce9106cda114008"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50452da19bec49b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03c228a54b8423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d063bcad64458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfce9106cda114008" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ569</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>8,820</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,793</x:t>
-[...43 lines deleted...]
-          <x:t>8,923</x:t>
+          <x:t>8,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,875</x:t>
-[...97 lines deleted...]
-          <x:t>8,772</x:t>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,713</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,748</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>8,587</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,711</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>8,573</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>