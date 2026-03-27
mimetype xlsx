--- v2 (2026-03-07)
+++ v3 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3225fca4bed345a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d832b5dfd7f4754" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfce9106cda114008"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21ee0511859a4ce3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d063bcad64458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfce9106cda114008" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d8b5c95d024dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21ee0511859a4ce3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ569</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...63 lines deleted...]
-          <x:t>8,732</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,628</x:t>
-[...566 lines deleted...]
-          <x:t>8,540</x:t>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>