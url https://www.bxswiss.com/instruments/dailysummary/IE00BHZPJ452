--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ea2584231e4a52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9db35ffc23164b0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01415bff75f2428c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f428d8411d4996"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5b32801ff9043b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01415bff75f2428c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R254de0114e7549cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f428d8411d4996" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>6,536</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>6,537</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,577</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>6,520</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>