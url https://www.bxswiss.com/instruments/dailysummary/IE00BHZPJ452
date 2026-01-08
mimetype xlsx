--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9db35ffc23164b0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd834fa6fa2c4935" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f428d8411d4996"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf53752a02d84a28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R254de0114e7549cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f428d8411d4996" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1700dad25fa42a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf53752a02d84a28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,722</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>6,764</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,771</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>6,705</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,769</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>6,651</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>