--- v2 (2026-01-08)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd834fa6fa2c4935" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b472705f7e42a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf53752a02d84a28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2627d73194e4946"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1700dad25fa42a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf53752a02d84a28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47b8f65e6474502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2627d73194e4946" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>