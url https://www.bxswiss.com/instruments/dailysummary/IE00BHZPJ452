--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b472705f7e42a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eb91bcaab0f4a16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2627d73194e4946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1efa4b820e064249"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47b8f65e6474502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2627d73194e4946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R026011bb21514656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1efa4b820e064249" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>7,037</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,956</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>7,023</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,002</x:t>
-[...21 lines deleted...]
-          <x:t>6,942</x:t>
+          <x:t>6,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,008</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>7,106</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,157</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>6,993</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>