--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3737561076046f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f941e43efbc44e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R599af63521154acb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R073c663493d248ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5931ef743f9343dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R599af63521154acb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b78011f62f3473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R073c663493d248ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>6,048</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,024</x:t>
-[...119 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,139</x:t>
-[...90 lines deleted...]
-          <x:t>5,960</x:t>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>