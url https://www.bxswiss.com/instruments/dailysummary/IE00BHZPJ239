--- v1 (2026-01-08)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f941e43efbc44e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3a743e8f2ae43a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R073c663493d248ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df0e1d0371d4afe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b78011f62f3473e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R073c663493d248ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e014436368f4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df0e1d0371d4afe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +251,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>