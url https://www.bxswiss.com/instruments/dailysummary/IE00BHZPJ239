--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3a743e8f2ae43a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f8b3de53f4432e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9df0e1d0371d4afe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4101dad986fc425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e014436368f4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9df0e1d0371d4afe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9febcc1b851c4af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4101dad986fc425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>6,384</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,433</x:t>
-[...97 lines deleted...]
-          <x:t>6,487</x:t>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,477</x:t>
-[...124 lines deleted...]
-          <x:t>6,517</x:t>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,500</x:t>
-[...242 lines deleted...]
-          <x:t>6,443</x:t>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>