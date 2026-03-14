--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f8b3de53f4432e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3d81d436d3641cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4101dad986fc425f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ffeb5ecdd7e4d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9febcc1b851c4af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4101dad986fc425f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a0b6f83371241a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ffeb5ecdd7e4d13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>6,357</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>6,612</x:t>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,462</x:t>
-[...431 lines deleted...]
-          <x:t>6,774</x:t>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>