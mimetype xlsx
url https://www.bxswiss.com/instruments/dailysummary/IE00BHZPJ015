--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65cc2b0216a94134" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd86156a3d454deb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78a7147091b94f97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R443a5c70a2994e4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R698c8afaee704511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78a7147091b94f97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb605ee65211f441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R443a5c70a2994e4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU ESG Enhanced CTB UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,781</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>8,804</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,752</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>8,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,892</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>