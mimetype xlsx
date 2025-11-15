--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd86156a3d454deb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2547ca4e177443c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R443a5c70a2994e4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39e2a59562444b3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb605ee65211f441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R443a5c70a2994e4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667179ae11304222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39e2a59562444b3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU ESG Enhanced CTB UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>9,132</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,096</x:t>
-[...431 lines deleted...]
-          <x:t>9,192</x:t>
+          <x:t>9,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>