--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2547ca4e177443c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d3963af0f9405e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39e2a59562444b3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd51668400594f7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667179ae11304222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39e2a59562444b3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raea79538a8824911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd51668400594f7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU ESG Enhanced CTB UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>9,215</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,203</x:t>
-[...11 lines deleted...]
-          <x:t>9,153</x:t>
+          <x:t>9,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,136</x:t>
-[...124 lines deleted...]
-          <x:t>9,231</x:t>
+          <x:t>9,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,222</x:t>
-[...328 lines deleted...]
-          <x:t>9,165</x:t>
+          <x:t>9,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>