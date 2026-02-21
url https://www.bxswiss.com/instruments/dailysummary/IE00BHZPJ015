--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d3963af0f9405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a9de4c46b864247" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd51668400594f7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f1f8cf6b2ca4077"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raea79538a8824911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd51668400594f7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f40be595a1f4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f1f8cf6b2ca4077" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU ESG Enhanced CTB UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>9,503</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,464</x:t>
-[...112 lines deleted...]
-          <x:t>9,638</x:t>
+          <x:t>9,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>