--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a9de4c46b864247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba0bb6638d4b4d89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f1f8cf6b2ca4077"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f153e87a3b4280"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f40be595a1f4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f1f8cf6b2ca4077" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d93f8863bdb47ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f153e87a3b4280" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU ESG Enhanced CTB UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>9,392</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,468</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>9,935</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>