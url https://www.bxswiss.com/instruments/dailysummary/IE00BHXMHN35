--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R234574868e1e4aa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb112266b8085453e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc462b9b42a704c4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R460c32d008c2494a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68f341cffcd24337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc462b9b42a704c4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R239f04dfa47641b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R460c32d008c2494a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - S&amp;P 500 ESG UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHXMHN35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>5,380</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,393</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>5,444</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>5,540</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,539</x:t>
-[...254 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,627</x:t>
-[...16 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,614</x:t>
-[...63 lines deleted...]
-          <x:t>5,514</x:t>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>