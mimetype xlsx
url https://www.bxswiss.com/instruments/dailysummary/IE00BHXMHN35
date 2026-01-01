--- v1 (2025-11-01)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb112266b8085453e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc620f7f63ad14ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R460c32d008c2494a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbeeb940042e428a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R239f04dfa47641b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R460c32d008c2494a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc89b5211947441ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbeeb940042e428a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - S&amp;P 500 ESG UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHXMHN35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,705</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,718</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>28.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,767</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>5,768</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,753</x:t>
-[...58 lines deleted...]
-          <x:t>5,687</x:t>
+          <x:t>5,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>