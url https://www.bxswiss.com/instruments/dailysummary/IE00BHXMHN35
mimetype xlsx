--- v2 (2026-01-01)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc620f7f63ad14ba8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R655adbbec3d24458" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbeeb940042e428a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda9a93900604533"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc89b5211947441ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbeeb940042e428a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R130dd28ff3374db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda9a93900604533" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - S&amp;P 500 ESG UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHXMHN35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,719</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>5,717</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,742</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>5,721</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,716</x:t>
-[...11 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,770</x:t>
-[...4 lines deleted...]
-          <x:t>5,715</x:t>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,762</x:t>
-        </x:is>
-[...52 lines deleted...]
-          <x:t>5,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>