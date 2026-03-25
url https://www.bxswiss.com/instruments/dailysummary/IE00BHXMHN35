--- v3 (2026-02-13)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R655adbbec3d24458" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e9eb46500e491f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda9a93900604533"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R215a5e0a786b4961"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R130dd28ff3374db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda9a93900604533" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a0f3d8a55a34354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R215a5e0a786b4961" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - S&amp;P 500 ESG UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHXMHN35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>5,806</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,768</x:t>
-[...566 lines deleted...]
-          <x:t>5,762</x:t>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>