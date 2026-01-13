--- v0 (2025-10-25)
+++ v1 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf691ad0c0e0c4ea2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d2cc9fb3ceb4ca3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9f5131fb1ca4a56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc611d9a304a415d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2acb5772e2a42ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9f5131fb1ca4a56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb85312a3df74f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc611d9a304a415d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc S&amp;P 500 ESG UCITS ETF (USD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHXMHL11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>39,299</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>