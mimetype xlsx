--- v1 (2026-01-13)
+++ v2 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d2cc9fb3ceb4ca3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c3ecbbb819f4a33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc611d9a304a415d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac3cf917fffd4a69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb85312a3df74f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc611d9a304a415d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdde940430c55430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac3cf917fffd4a69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc S&amp;P 500 ESG UCITS ETF (USD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHXMHL11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>40,035</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,671</x:t>
-[...21 lines deleted...]
-          <x:t>39,871</x:t>
+          <x:t>40,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,555</x:t>
-[...350 lines deleted...]
-          <x:t>40,773</x:t>
+          <x:t>39,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>