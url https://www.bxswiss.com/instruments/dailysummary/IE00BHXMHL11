--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c3ecbbb819f4a33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12eb1e36ac0c4a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac3cf917fffd4a69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28a8148297694015"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdde940430c55430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac3cf917fffd4a69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f14d55d7e244523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28a8148297694015" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc S&amp;P 500 ESG UCITS ETF (USD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHXMHL11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>39,645</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,525</x:t>
-[...431 lines deleted...]
-          <x:t>39,411</x:t>
+          <x:t>38,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>