--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86bee20d52fe46bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137c401606d64241" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdca8dae32e8f48dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e15067a10b84952"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra43222cc99cc41ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdca8dae32e8f48dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R919842945ca84b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e15067a10b84952" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Dow Jones Global Real Estate UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH4GR342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>16,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,384</x:t>
-[...21 lines deleted...]
-          <x:t>16,561</x:t>
+          <x:t>16,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,525</x:t>
-[...593 lines deleted...]
-          <x:t>16,238</x:t>
+          <x:t>16,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>