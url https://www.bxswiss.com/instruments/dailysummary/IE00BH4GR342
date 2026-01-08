--- v1 (2025-11-01)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137c401606d64241" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2159cdda47dd428e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e15067a10b84952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6c6db0800d542dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R919842945ca84b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e15067a10b84952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b6db1c999144fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6c6db0800d542dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Dow Jones Global Real Estate UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH4GR342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>16,586</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,530</x:t>
-[...70 lines deleted...]
-          <x:t>16,693</x:t>
+          <x:t>16,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,628</x:t>
-[...539 lines deleted...]
-          <x:t>16,518</x:t>
+          <x:t>16,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>