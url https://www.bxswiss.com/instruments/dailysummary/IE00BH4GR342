--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2159cdda47dd428e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R721ad4a2cec74366" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6c6db0800d542dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a002799b8c9453b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b6db1c999144fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6c6db0800d542dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3589ddc1385842a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a002799b8c9453b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Dow Jones Global Real Estate UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH4GR342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,868</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>