--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5acd99e98c054b9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba45a93186741bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R895536acdb714baf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fe5049ae4d54700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3d9fda568374a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R895536acdb714baf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf25cd4e9afba46d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fe5049ae4d54700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 ESG Leaders UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH4GPZ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>37,417</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,669</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>37,736</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>