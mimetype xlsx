--- v1 (2025-11-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba45a93186741bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01907460969a47fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fe5049ae4d54700"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea6e8958fea64b8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf25cd4e9afba46d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fe5049ae4d54700" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R654d3401bd2a469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea6e8958fea64b8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 ESG Leaders UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH4GPZ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,697</x:t>
-[...161 lines deleted...]
-          <x:t>39,229</x:t>
+          <x:t>39,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,020</x:t>
-[...296 lines deleted...]
-          <x:t>39,012</x:t>
+          <x:t>39,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>