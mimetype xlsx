--- v2 (2026-01-09)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01907460969a47fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311a063cfa6f4967" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea6e8958fea64b8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa3670572384121"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R654d3401bd2a469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea6e8958fea64b8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15ae715e15084d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa3670572384121" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 ESG Leaders UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH4GPZ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>39,152</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...181 lines deleted...]
-          <x:t>39,967</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>