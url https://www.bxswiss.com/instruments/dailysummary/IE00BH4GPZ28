--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311a063cfa6f4967" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3dd17e957c14eb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa3670572384121"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ade20006be4c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15ae715e15084d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa3670572384121" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a2cec3b741e43ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ade20006be4c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 ESG Leaders UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH4GPZ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,249</x:t>
-[...178 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>38,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,301</x:t>
-[...279 lines deleted...]
-          <x:t>38,984</x:t>
+          <x:t>39,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>