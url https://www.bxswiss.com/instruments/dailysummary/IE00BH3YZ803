--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce4e7a1887d0425f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8251f04544ef4362" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re78afe7df6294b77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1dbc93506914ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39593cdc04ba4c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re78afe7df6294b77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb904762616594dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1dbc93506914ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P SmallCap 600 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH3YZ803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>55,165</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,905</x:t>
-[...97 lines deleted...]
-          <x:t>55,064</x:t>
+          <x:t>55,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,364</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>55,912</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>