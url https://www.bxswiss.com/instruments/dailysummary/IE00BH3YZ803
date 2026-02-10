--- v1 (2025-11-21)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8251f04544ef4362" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45480a1fbdb64aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1dbc93506914ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3df72ff34e5e4aae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb904762616594dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1dbc93506914ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b31593ac21f41ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3df72ff34e5e4aae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P SmallCap 600 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH3YZ803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>53,545</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>