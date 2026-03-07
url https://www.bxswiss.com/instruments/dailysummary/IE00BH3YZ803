--- v2 (2026-02-10)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45480a1fbdb64aa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ff686baec2e43ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3df72ff34e5e4aae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aa3e2add122407a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b31593ac21f41ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3df72ff34e5e4aae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9184ae01257642f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aa3e2add122407a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P SmallCap 600 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH3YZ803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>59,598</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,120</x:t>
-[...276 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>58,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,783</x:t>
-[...117 lines deleted...]
-          <x:t>59,213</x:t>
+          <x:t>58,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>