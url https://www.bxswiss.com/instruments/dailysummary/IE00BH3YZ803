--- v3 (2026-03-07)
+++ v4 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ff686baec2e43ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818ecf130ccf45ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aa3e2add122407a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce82bb585074629"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9184ae01257642f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aa3e2add122407a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb91a4fa5bf2d46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce82bb585074629" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P SmallCap 600 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH3YZ803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,783</x:t>
-[...367 lines deleted...]
-          <x:t>23.02.2026</x:t>
+          <x:t>58,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,394</x:t>
-[...53 lines deleted...]
-          <x:t>59,338</x:t>
+          <x:t>59,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,322</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...165 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>