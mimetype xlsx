--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41796f1530c4474f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde43920cb3764450" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R040824938f8f44d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86e31e7cc3d1427f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3adb4d8479b34d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R040824938f8f44d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbbad57ae3d4453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86e31e7cc3d1427f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI North America High Dividend Yield UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH361H73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>47,675</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,242</x:t>
-[...242 lines deleted...]
-          <x:t>47,642</x:t>
+          <x:t>47,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,882</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>48,446</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>