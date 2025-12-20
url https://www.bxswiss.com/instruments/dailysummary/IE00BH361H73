--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde43920cb3764450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d4d77cf25545da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86e31e7cc3d1427f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3520bba8b74f4ae7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbbad57ae3d4453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86e31e7cc3d1427f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref99b292857f4fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3520bba8b74f4ae7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI North America High Dividend Yield UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH361H73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...603 lines deleted...]
-          <x:t>48,457</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,033</x:t>
-[...26 lines deleted...]
-          <x:t>48,246</x:t>
+          <x:t>48,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>