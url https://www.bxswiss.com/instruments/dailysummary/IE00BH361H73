--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d4d77cf25545da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R462db7c24a4d4906" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3520bba8b74f4ae7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb192315b3f4452b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref99b292857f4fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3520bba8b74f4ae7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8cda4f0b505420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb192315b3f4452b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI North America High Dividend Yield UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH361H73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,640</x:t>
+          <x:t>48,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,168</x:t>
-[...296 lines deleted...]
-          <x:t>49,059</x:t>
+          <x:t>48,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>