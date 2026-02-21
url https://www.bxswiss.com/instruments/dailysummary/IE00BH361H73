--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R462db7c24a4d4906" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2046b21421c14140" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb192315b3f4452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb8d33138cd4505"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8cda4f0b505420c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb192315b3f4452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb22ce235ca624060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb8d33138cd4505" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI North America High Dividend Yield UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH361H73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>50,352</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>