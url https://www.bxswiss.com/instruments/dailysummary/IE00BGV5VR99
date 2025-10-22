--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb32b31edefda49ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30d63586efcc41fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d5e7beb4a84145"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2cdd35169364cb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0baccc4a29394bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d5e7beb4a84145" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d771ecd3ff54d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2cdd35169364cb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Future Mobility UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VR99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,326</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>