--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30d63586efcc41fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb80bc3cb7657418b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2cdd35169364cb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R016f2748068c4cba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d771ecd3ff54d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2cdd35169364cb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f2e9e9375b54853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R016f2748068c4cba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Future Mobility UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VR99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,867</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>