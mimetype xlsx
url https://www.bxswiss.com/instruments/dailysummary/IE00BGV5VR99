--- v2 (2025-11-14)
+++ v3 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb80bc3cb7657418b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a45a50508c94d2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R016f2748068c4cba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6135a21b7e54496"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f2e9e9375b54853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R016f2748068c4cba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76b97a3d8fb7402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6135a21b7e54496" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Future Mobility UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VR99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>94,423</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>