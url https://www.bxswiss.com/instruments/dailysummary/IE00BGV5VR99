--- v3 (2026-01-06)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a45a50508c94d2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad0c57ea6924792" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6135a21b7e54496"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16cd089de4524228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76b97a3d8fb7402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6135a21b7e54496" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79595856b9a4433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16cd089de4524228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Future Mobility UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VR99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>