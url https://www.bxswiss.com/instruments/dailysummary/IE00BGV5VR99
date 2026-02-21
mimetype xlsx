--- v4 (2026-02-01)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad0c57ea6924792" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfcc75377dcf4845" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16cd089de4524228"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe78f55fe9a14c32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79595856b9a4433" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16cd089de4524228" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4217dce0e8aa4a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe78f55fe9a14c32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Future Mobility UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VR99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>97,539</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,903</x:t>
-[...141 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,307</x:t>
-[...360 lines deleted...]
-          <x:t>97,851</x:t>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>