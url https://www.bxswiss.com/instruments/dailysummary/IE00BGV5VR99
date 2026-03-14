--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfcc75377dcf4845" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b0c00b3089a4ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe78f55fe9a14c32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88593a7526324998"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4217dce0e8aa4a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe78f55fe9a14c32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5029c24915764799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88593a7526324998" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Future Mobility UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VR99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>100,054</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,153</x:t>
-[...539 lines deleted...]
-          <x:t>99,565</x:t>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>